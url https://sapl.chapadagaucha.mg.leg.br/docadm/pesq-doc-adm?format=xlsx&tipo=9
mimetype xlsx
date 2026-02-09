--- v0 (2025-10-18)
+++ v1 (2026-02-09)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="234" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="147">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
@@ -331,50 +331,171 @@
     <t>"REUNIÃO COM OS MEMBROS DA COMISSÃO PARLAMENTAR DE INQUÉRITO DOS MÓVEIS PLANEJADOS, NO DIA 06 DE OUTUBRO DE 2025 ÀS 09H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL."</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>"REUNIÃO DA COMISSÃO DE SERVIÇOS PÚBLICOS MUNICIPAIS, SEGUNDA-FEIRA 06 DE OUTUBRO DE 2025, ÀS 10H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>"REUNIÃO DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, 17 DE OUTUBRO DE 2025, ÀS 08H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>"REUNIÃO DA COMISSÃO DE FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS, SEGUNDA-FEIRA 20 DE OUTUBRO DE 2025, ÀS 09H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>"REUNIÃO COM OS MEMBROS DA COMISSÃO PARLAMENTAR DE INQUÉRITO DOS MÓVEIS PLANEJADOS, NO DIA 21 DE OUTUBRO DE 2025 ÀS 09H30 NO PLENÁRIO DA CÂMARA MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, 28 DE OUTUBRO DE 2025, ÀS 08H NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DE COMISSÃO CONJUNTA, SEXTA-FEIRA 31 DE OUTUBRO DE 2025, ÀS 09H NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>"REUNIÃO COM OS MEMBROS DA COMISSÃO PARLAMENTAR DE INQUÉRITO DOS MÓVEIS PLANEJADOS, NO DIA 03 DE NOVEMBRO DE 2025 ÀS 08H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, 07 DE NOVEMBRO DE 2025, ÀS 08H NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>REUNIÃO DE COMISSÃO CONJUNTA, 10 DE NOVEMBRO DE 2025, ÀS 10H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>“CONVOCAR A TODOS OS VEREADORES (AS) DESTA CASA LEGISLATIVA, PARA A SEXTA SESSÃO EXTRAORDINÁRIA A OCORRER NO DIA 10/11/2025 ÀS 09H30, COM O INTUITO DE DISCUSSÃO E VOTAÇÃO DAS MATÉRIAS EM PAUTA"</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DA COMISSÃO DE FINANÇAS, ORÇAMENTO E TOMADA DE CONTAS, SEXTA-FEIRA 14 DE NOVEMBRO DE 2025, ÀS 09H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>REUNIÃO DE COMISSÃO CONJUNTA, 24 DE NOVEMBRO DE 2025, ÀS 9H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DE COMISSÃO CONJUNTA, 01 DE DEZEMBRO DE 2025, ÀS 9H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DA COMISSÃO DE FINANÇAS ORÇAMETO E TOMADA DE CONTAS, 08 DE DEZEMBRO DE 2025, ÀS 09H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DA COMISSÃO DE LEGISLAÇÃO, JUSTIÇA E REDAÇÃO, 08 DE DEZEMBRO DE 2025, ÀS 08H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>“CONVOCAR A TODOS OS VEREADORES (AS) DESTA CASA LEGISLATIVA, PARA SÉTIMA SESSÃO EXTRAORDINÁRIA A OCORRER NO DIA 12/12/2025 ÀS 10H, COM O INTUITO DE DISCUSSÃO E VOTAÇÃO DAS MATÉRIAS EM PAUTA."</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>"REUNIÃO COM OS MEMBROS DA COMISSÃO PARLAMENTAR DE INQUÉRITO DOS MÓVEIS PLANEJADOS, NO DIA 18 DE DEZEMBRO DE 2025 ÀS10H NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>“CONVOCAR A TODOS OS VEREADORES (AS) DESTA CASA LEGISLATIVA, PARA OITAVA SESSÃO EXTRAORDINÁRIA A OCORRER NO DIA 19/12/2025 ÀS 10H30, COM O INTUITO DE DISCUSSÃO E VOTAÇÃO DAS MATÉRIAS EM PAUTA."</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DA COMISSÃO DE FINANÇAS ORÇAMETO E TOMADA DE CONTAS, 22 DE DEZEMBRO DE 2025, ÀS 10H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>"CONVOCAR OS MEMBROS DA COMISSÃO PARLAMENTAR DE INQUÉRITO DOS MÓVEIS PLANEJADOS, PARA REUNIÃO NO DIA 22 DE DEZEMBRO DE 2025 ÀS 08H NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL."</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>“CONVOCAR A TODOS OS VEREADORES (AS) DESTA CASA LEGISLATIVA, PARA NONA SESSÃO EXTRAORDINÁRIA A OCORRER NO DIA 29/12/2025 ÀS 15H, COM O INTUITO DE DISCUSSÃO E VOTAÇÃO DAS MATÉRIAS EM PAUTA."</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>“CONVOCAR A TODOS OS VEREADORES (AS) DESTA CASA LEGISLATIVA, PARA DÉCIMA SESSÃO EXTRAORDINÁRIA A OCORRER NO DIA 29/12/2025 ÀS 19H, COM O INTUITO DE DISCUSSÃO E VOTAÇÃO DAS MATÉRIAS EM PAUTA."</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>"REUNIÃO DA COMISSÃO PERMANENTE DE FINANÇAS, ORÇAMENTO E TOMADA _x000D_
+DE CONTAS, 09 DE FEVEREIRO DE 2026, ÀS 9H30 NA SALA DE REUNIÕES DA CÂMARA MUNICIPAL DE CHAPADA GAÚCHA."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -666,51 +787,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F39"/>
+  <dimension ref="A1:F59"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1458,50 +1579,450 @@
       <c r="E38" t="s">
         <v>10</v>
       </c>
       <c r="F38" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" t="s">
         <v>105</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>51</v>
       </c>
       <c r="D39" t="s">
         <v>9</v>
       </c>
       <c r="E39" t="s">
         <v>10</v>
       </c>
       <c r="F39" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6">
+      <c r="A40" t="s">
+        <v>107</v>
+      </c>
+      <c r="B40" t="s">
+        <v>7</v>
+      </c>
+      <c r="C40" t="s">
+        <v>54</v>
+      </c>
+      <c r="D40" t="s">
+        <v>9</v>
+      </c>
+      <c r="E40" t="s">
+        <v>10</v>
+      </c>
+      <c r="F40" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6">
+      <c r="A41" t="s">
+        <v>109</v>
+      </c>
+      <c r="B41" t="s">
+        <v>7</v>
+      </c>
+      <c r="C41" t="s">
+        <v>57</v>
+      </c>
+      <c r="D41" t="s">
+        <v>9</v>
+      </c>
+      <c r="E41" t="s">
+        <v>10</v>
+      </c>
+      <c r="F41" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6">
+      <c r="A42" t="s">
+        <v>111</v>
+      </c>
+      <c r="B42" t="s">
+        <v>7</v>
+      </c>
+      <c r="C42" t="s">
+        <v>59</v>
+      </c>
+      <c r="D42" t="s">
+        <v>9</v>
+      </c>
+      <c r="E42" t="s">
+        <v>10</v>
+      </c>
+      <c r="F42" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6">
+      <c r="A43" t="s">
+        <v>113</v>
+      </c>
+      <c r="B43" t="s">
+        <v>7</v>
+      </c>
+      <c r="C43" t="s">
+        <v>62</v>
+      </c>
+      <c r="D43" t="s">
+        <v>9</v>
+      </c>
+      <c r="E43" t="s">
+        <v>10</v>
+      </c>
+      <c r="F43" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6">
+      <c r="A44" t="s">
+        <v>115</v>
+      </c>
+      <c r="B44" t="s">
+        <v>7</v>
+      </c>
+      <c r="C44" t="s">
+        <v>64</v>
+      </c>
+      <c r="D44" t="s">
+        <v>9</v>
+      </c>
+      <c r="E44" t="s">
+        <v>10</v>
+      </c>
+      <c r="F44" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6">
+      <c r="A45" t="s">
+        <v>117</v>
+      </c>
+      <c r="B45" t="s">
+        <v>7</v>
+      </c>
+      <c r="C45" t="s">
+        <v>67</v>
+      </c>
+      <c r="D45" t="s">
+        <v>9</v>
+      </c>
+      <c r="E45" t="s">
+        <v>10</v>
+      </c>
+      <c r="F45" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6">
+      <c r="A46" t="s">
+        <v>119</v>
+      </c>
+      <c r="B46" t="s">
+        <v>7</v>
+      </c>
+      <c r="C46" t="s">
+        <v>70</v>
+      </c>
+      <c r="D46" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" t="s">
+        <v>10</v>
+      </c>
+      <c r="F46" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6">
+      <c r="A47" t="s">
+        <v>121</v>
+      </c>
+      <c r="B47" t="s">
+        <v>7</v>
+      </c>
+      <c r="C47" t="s">
+        <v>72</v>
+      </c>
+      <c r="D47" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" t="s">
+        <v>10</v>
+      </c>
+      <c r="F47" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6">
+      <c r="A48" t="s">
+        <v>123</v>
+      </c>
+      <c r="B48" t="s">
+        <v>7</v>
+      </c>
+      <c r="C48" t="s">
+        <v>75</v>
+      </c>
+      <c r="D48" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" t="s">
+        <v>10</v>
+      </c>
+      <c r="F48" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6">
+      <c r="A49" t="s">
+        <v>125</v>
+      </c>
+      <c r="B49" t="s">
+        <v>7</v>
+      </c>
+      <c r="C49" t="s">
+        <v>78</v>
+      </c>
+      <c r="D49" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" t="s">
+        <v>10</v>
+      </c>
+      <c r="F49" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6">
+      <c r="A50" t="s">
+        <v>127</v>
+      </c>
+      <c r="B50" t="s">
+        <v>7</v>
+      </c>
+      <c r="C50" t="s">
+        <v>81</v>
+      </c>
+      <c r="D50" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" t="s">
+        <v>10</v>
+      </c>
+      <c r="F50" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6">
+      <c r="A51" t="s">
+        <v>129</v>
+      </c>
+      <c r="B51" t="s">
+        <v>7</v>
+      </c>
+      <c r="C51" t="s">
+        <v>84</v>
+      </c>
+      <c r="D51" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" t="s">
+        <v>10</v>
+      </c>
+      <c r="F51" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6">
+      <c r="A52" t="s">
+        <v>131</v>
+      </c>
+      <c r="B52" t="s">
+        <v>7</v>
+      </c>
+      <c r="C52" t="s">
+        <v>87</v>
+      </c>
+      <c r="D52" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" t="s">
+        <v>10</v>
+      </c>
+      <c r="F52" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6">
+      <c r="A53" t="s">
+        <v>133</v>
+      </c>
+      <c r="B53" t="s">
+        <v>7</v>
+      </c>
+      <c r="C53" t="s">
+        <v>89</v>
+      </c>
+      <c r="D53" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" t="s">
+        <v>10</v>
+      </c>
+      <c r="F53" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" t="s">
+        <v>135</v>
+      </c>
+      <c r="B54" t="s">
+        <v>7</v>
+      </c>
+      <c r="C54" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" t="s">
+        <v>9</v>
+      </c>
+      <c r="E54" t="s">
+        <v>10</v>
+      </c>
+      <c r="F54" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" t="s">
+        <v>137</v>
+      </c>
+      <c r="B55" t="s">
+        <v>7</v>
+      </c>
+      <c r="C55" t="s">
+        <v>93</v>
+      </c>
+      <c r="D55" t="s">
+        <v>9</v>
+      </c>
+      <c r="E55" t="s">
+        <v>10</v>
+      </c>
+      <c r="F55" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" t="s">
+        <v>139</v>
+      </c>
+      <c r="B56" t="s">
+        <v>7</v>
+      </c>
+      <c r="C56" t="s">
+        <v>95</v>
+      </c>
+      <c r="D56" t="s">
+        <v>9</v>
+      </c>
+      <c r="E56" t="s">
+        <v>10</v>
+      </c>
+      <c r="F56" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" t="s">
+        <v>140</v>
+      </c>
+      <c r="B57" t="s">
+        <v>7</v>
+      </c>
+      <c r="C57" t="s">
+        <v>97</v>
+      </c>
+      <c r="D57" t="s">
+        <v>9</v>
+      </c>
+      <c r="E57" t="s">
+        <v>10</v>
+      </c>
+      <c r="F57" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6">
+      <c r="A58" t="s">
+        <v>142</v>
+      </c>
+      <c r="B58" t="s">
+        <v>7</v>
+      </c>
+      <c r="C58" t="s">
+        <v>99</v>
+      </c>
+      <c r="D58" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" t="s">
+        <v>10</v>
+      </c>
+      <c r="F58" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6">
+      <c r="A59" t="s">
+        <v>144</v>
+      </c>
+      <c r="B59" t="s">
+        <v>145</v>
+      </c>
+      <c r="C59" t="s">
+        <v>8</v>
+      </c>
+      <c r="D59" t="s">
+        <v>9</v>
+      </c>
+      <c r="E59" t="s">
+        <v>10</v>
+      </c>
+      <c r="F59" t="s">
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>